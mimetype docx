--- v0 (2025-11-28)
+++ v1 (2025-11-28)
@@ -161,51 +161,51 @@
           </w:tcPr>
           <w:p w14:paraId="2B78B462" w14:textId="653E9AAB" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2107" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50ACD709" w14:textId="6F01291D" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>28-11-2025 01:21</w:t>
+              <w:t>28-11-2025 13:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11C26065" w14:textId="77777777" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="52D0F295" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="003C09DE" w:rsidP="003C09DE">
       <w:pPr>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -382,51 +382,51 @@
                             <a:ext cx="170815" cy="170815"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:r w:rsidR="003C09DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="25"/>
                 <w:szCs w:val="25"/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C09DE" w14:paraId="4008570C" w14:textId="77777777" w:rsidTr="001C65E4">
         <w:trPr>
           <w:trHeight w:val="192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5560" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66A786E5" w14:textId="1EE2BDA7" w:rsidR="003C09DE" w:rsidRDefault="003C09DE" w:rsidP="001C65E4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="14"/>
@@ -764,101 +764,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9. Raadsinformatiebrief Uitvoering en handhavingsstrategie 2026 (Geanonimiseerd)</w:t>
+                <w:t>10. Reactie op beantwoording vragen over mestvergisters.docx (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>27-11-2025</w:t>
+              <w:t>28-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -927,51 +927,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>695,12 KB</w:t>
+              <w:t>1,91 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1106,101 +1106,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>8.a CA Netwerkstudie N224 (geanonimiseerd)</w:t>
+                <w:t>9. Raadsinformatiebrief Uitvoering en handhavingsstrategie 2026 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>26-11-2025</w:t>
+              <w:t>27-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1269,51 +1269,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>2,06 MB</w:t>
+              <w:t>695,12 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1448,51 +1448,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>8.b Probleemanalyse_N224_v2.0-2 oktober 2024</w:t>
+                <w:t>8.a CA Netwerkstudie N224 (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1611,51 +1611,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>44,44 MB</w:t>
+              <w:t>2,06 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1790,101 +1790,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>10.b Ingekomen e-mail over energietransitie en mestvergisting (Geanonimiseerd)</w:t>
+                <w:t>8.b Probleemanalyse_N224_v2.0-2 oktober 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>25-11-2025</w:t>
+              <w:t>26-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -1953,51 +1953,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>222,83 KB</w:t>
+              <w:t>44,44 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2132,51 +2132,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>10.c Reactie op beantwoording vragen over mestvergisters.docx (Geanonimiseerd)</w:t>
+                <w:t>10.b Ingekomen e-mail over energietransitie en mestvergisting (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2295,51 +2295,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,91 MB</w:t>
+              <w:t>222,83 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2474,101 +2474,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>7. MDL Fonds - Ranglijst toiletvriendelijkste gemeente 2025</w:t>
+                <w:t>10.c Reactie op beantwoording vragen over mestvergisters.docx (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>20-11-2025</w:t>
+              <w:t>25-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -2637,51 +2637,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>114,78 KB</w:t>
+              <w:t>1,91 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2816,51 +2816,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>6.b Update vorming een omgevingsdienst voorzitters ODRU en RUD november 2025</w:t>
+                <w:t>7. MDL Fonds - Ranglijst toiletvriendelijkste gemeente 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2979,51 +2979,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>246,60 KB</w:t>
+              <w:t>114,78 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3158,51 +3158,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>6.a Begeleidende mail - update vorming een omgevingsdienst ODRU en RUD november 2025 (geanonimiseerd)</w:t>
+                <w:t>6.b Update vorming een omgevingsdienst voorzitters ODRU en RUD november 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3321,51 +3321,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>236,26 KB</w:t>
+              <w:t>246,60 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3500,51 +3500,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>5.b KOM_rapport Niemand hielp mij 20112025 def</w:t>
+                <w:t>6.a Begeleidende mail - update vorming een omgevingsdienst ODRU en RUD november 2025 (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3663,51 +3663,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>907,88 KB</w:t>
+              <w:t>236,26 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3842,51 +3842,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>5.a Aanbiedingsbrief rapport Kinderombudsman gemeenten_getekend (geanonimiseerd)</w:t>
+                <w:t>5.b KOM_rapport Niemand hielp mij 20112025 def</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4005,51 +4005,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1.018,62 KB</w:t>
+              <w:t>907,88 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4184,51 +4184,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>4.b DEFINITIEF Memo - Onderzoek Winkelpand voor 1 euro (n.a.v. motie) (geanonimiseerd)</w:t>
+                <w:t>5.a Aanbiedingsbrief rapport Kinderombudsman gemeenten_getekend (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4347,51 +4347,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>5,21 MB</w:t>
+              <w:t>1.018,62 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4526,51 +4526,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>4.a DEFINITIEF CA motie Winkelpand voor 1 euro 301444_1 (geanonimiseerd)</w:t>
+                <w:t>4.b DEFINITIEF Memo - Onderzoek Winkelpand voor 1 euro (n.a.v. motie) (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4689,51 +4689,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,33 MB</w:t>
+              <w:t>5,21 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4868,101 +4868,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>2.a CA statenbrief november 2025 netcongestie (Geanonimiseerd)</w:t>
+                <w:t>4.a DEFINITIEF CA motie Winkelpand voor 1 euro 301444_1 (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>19-11-2025</w:t>
+              <w:t>20-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -5031,51 +5031,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,22 MB</w:t>
+              <w:t>1,33 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5210,51 +5210,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>2.b statenbrief voortgang-aanpak-netcongestie november 2025</w:t>
+                <w:t>2.a CA statenbrief november 2025 netcongestie (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5373,51 +5373,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>119,06 KB</w:t>
+              <w:t>1,22 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5552,51 +5552,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>3.a DEFINITIEF Antwoord op reactie bericht verwijdering Geldmaat Voorstraat Woudenberg 2025 (geanonimiseerd)</w:t>
+                <w:t>2.b statenbrief voortgang-aanpak-netcongestie november 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5715,51 +5715,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>555,48 KB</w:t>
+              <w:t>119,06 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5894,51 +5894,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>3.b DEFINITIEF CA VKA Reactie Geldmaat geldautomaat in het centrum 305969_1 (geanonimiseerd)</w:t>
+                <w:t>3.a DEFINITIEF Antwoord op reactie bericht verwijdering Geldmaat Voorstraat Woudenberg 2025 (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6057,51 +6057,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>882,54 KB</w:t>
+              <w:t>555,48 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6236,101 +6236,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>1.b Artikel Ons welzijn of malaise versus windturbines</w:t>
+                <w:t>3.b DEFINITIEF CA VKA Reactie Geldmaat geldautomaat in het centrum 305969_1 (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>18-11-2025</w:t>
+              <w:t>19-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -6399,51 +6399,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>871,93 KB</w:t>
+              <w:t>882,54 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6578,51 +6578,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>1.a Begeleidende mail bij Artikel Ons welzijn of malaise versus windturbines (geanonimiseerd)</w:t>
+                <w:t>1.b Artikel Ons welzijn of malaise versus windturbines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6741,51 +6741,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>382,73 KB</w:t>
+              <w:t>871,93 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6920,101 +6920,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>14. Informatiebrief RES planuitval def</w:t>
+                <w:t>1.a Begeleidende mail bij Artikel Ons welzijn of malaise versus windturbines (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>17-11-2025</w:t>
+              <w:t>18-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -7083,51 +7083,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>267,26 KB</w:t>
+              <w:t>382,73 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7262,101 +7262,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>13.b def versie voortgangsrapportage duurzaamheid (geanonimiseerd)</w:t>
+                <w:t>14. Informatiebrief RES planuitval def</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>13-11-2025</w:t>
+              <w:t>17-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -7425,51 +7425,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>5,33 MB</w:t>
+              <w:t>267,26 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7604,51 +7604,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>13.a CV VKA voortgangsrapportage duurzaamheid (geanonimiseerd)</w:t>
+                <w:t>13.b def versie voortgangsrapportage duurzaamheid (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7767,51 +7767,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>197,30 KB</w:t>
+              <w:t>5,33 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7946,51 +7946,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>12.d Overzicht ingediende wensen en bedenkingen cie</w:t>
+                <w:t>13.a CV VKA voortgangsrapportage duurzaamheid (geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8109,51 +8109,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>100,40 KB</w:t>
+              <w:t>197,30 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8288,51 +8288,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>12.c Collegebesluit (Geanonimiseerd)</w:t>
+                <w:t>12.d Overzicht ingediende wensen en bedenkingen cie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8451,51 +8451,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>207,79 KB</w:t>
+              <w:t>100,40 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8630,51 +8630,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>12.b CA Bouwen op zijtuinen (Geanonimiseerd)</w:t>
+                <w:t>12.c Collegebesluit (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8793,51 +8793,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,61 MB</w:t>
+              <w:t>207,79 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8972,51 +8972,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>12.a Beleidsregel bouwen op zijtuinen</w:t>
+                <w:t>12.b CA Bouwen op zijtuinen (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9135,51 +9135,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>85,30 KB</w:t>
+              <w:t>1,61 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9314,51 +9314,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>12.e Voorstel bouwen op zijtuinen</w:t>
+                <w:t>12.a Beleidsregel bouwen op zijtuinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9477,51 +9477,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>287,99 KB</w:t>
+              <w:t>85,30 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9656,101 +9656,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>11.a Raadsinformatiebrief jaarbudget MetMaya 2025 en 2026 (Geanonimiseerd)</w:t>
+                <w:t>12.e Voorstel bouwen op zijtuinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>07-11-2025</w:t>
+              <w:t>13-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -9819,51 +9819,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,52 MB</w:t>
+              <w:t>287,99 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9998,51 +9998,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>11.b CB Raadsinformatiebrief over de stand van zaken jaarbudget MetMaya 2025 en 2026 (Geanonimiseerd)</w:t>
+                <w:t>11.a Raadsinformatiebrief jaarbudget MetMaya 2025 en 2026 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10161,51 +10161,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>768,49 KB</w:t>
+              <w:t>1,52 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10340,101 +10340,101 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.f Voortgangsrapportage Centrumplan fase 3 Vitaal Dorpshart 13 (Geanonimiseerd)</w:t>
+                <w:t>11.b CB Raadsinformatiebrief over de stand van zaken jaarbudget MetMaya 2025 en 2026 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>04-11-2025</w:t>
+              <w:t>07-11-2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -10503,51 +10503,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,81 MB</w:t>
+              <w:t>768,49 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10682,51 +10682,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.e Voortgangsrapportage - Zuidelijke Dorpsrand - 250925 (Geanonimiseerd)</w:t>
+                <w:t>9.f Voortgangsrapportage Centrumplan fase 3 Vitaal Dorpshart 13 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10845,51 +10845,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>2,91 MB</w:t>
+              <w:t>1,81 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11024,51 +11024,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.d voortgangsrapportage Ontwikkeling Woudenberg 13 (Geanonimiseerd)</w:t>
+                <w:t>9.e Voortgangsrapportage - Zuidelijke Dorpsrand - 250925 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11187,51 +11187,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,90 MB</w:t>
+              <w:t>2,91 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11366,51 +11366,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.c Voortgangsrapportage - Hoevelaar - 250925 (Geanonimiseerd)</w:t>
+                <w:t>9.d voortgangsrapportage Ontwikkeling Woudenberg 13 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11529,51 +11529,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>2,90 MB</w:t>
+              <w:t>1,90 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11708,51 +11708,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.b b Fysiek domein oktober 2025 Bijlage Overzicht Structuurvisie ruimtelijk domein</w:t>
+                <w:t>9.c Voortgangsrapportage - Hoevelaar - 250925 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11871,51 +11871,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>131,78 KB</w:t>
+              <w:t>2,90 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12050,51 +12050,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.b a Fysiek domein oktober 2025 voortgangsrapportage totaal (Geanonimiseerd)</w:t>
+                <w:t>9.b b Fysiek domein oktober 2025 Bijlage Overzicht Structuurvisie ruimtelijk domein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12213,51 +12213,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>1,33 MB</w:t>
+              <w:t>131,78 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12392,51 +12392,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>9.a CA verzameling voortgangsrapportages oktober 2025 fysiek domein 305744_1 (Geanonimiseerd)</w:t>
+                <w:t>9.b a Fysiek domein oktober 2025 voortgangsrapportage totaal (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12555,51 +12555,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>291,74 KB</w:t>
+              <w:t>1,33 MB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12734,51 +12734,51 @@
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink>
               <w:r w:rsidR="00A128B2">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="525A65"/>
                   <w:sz w:val="19"/>
                   <w:szCs w:val="19"/>
                 </w:rPr>
-                <w:t>8. Intrekking 12 Woo-verzoeken (Geanonimiseerd)</w:t>
+                <w:t>9.a CA verzameling voortgangsrapportages oktober 2025 fysiek domein 305744_1 (Geanonimiseerd)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12897,51 +12897,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="525A65"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>2,09 MB</w:t>
+              <w:t>291,74 KB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
             <w:pPr>
               <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="155CAA"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009125E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12989,50 +12989,392 @@
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="65527" cy="131054"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
             <w:hyperlink>
               <w:hyperlink r:id="rId72" w:history="1">
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                    <w:color w:val="155CAA"/>
+                    <w:u w:val="single"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Bekijk</w:t>
+                </w:r>
+              </w:hyperlink>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A128B2" w14:paraId="6412135A" w14:textId="77777777" w:rsidTr="00AD7C9E">
+        <w:trPr>
+          <w:trHeight w:val="370"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60D2C233" w14:textId="073FC93E" w:rsidR="00A128B2" w:rsidRPr="00AD7C9E" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4C5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="008EDB0C" w14:textId="4ABD3451" w:rsidR="0081169E" w:rsidRDefault="00000000" w:rsidP="0081169E">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink>
+              <w:r w:rsidR="00A128B2">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="525A65"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                </w:rPr>
+                <w:t>8. Intrekking 12 Woo-verzoeken (Geanonimiseerd)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7DD55C29" w14:textId="4F564D57" w:rsidR="00AB1D07" w:rsidRPr="0081169E" w:rsidRDefault="00245E48" w:rsidP="0081169E">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A0AFB0"/>
+                <w:sz w:val="11"/>
+                <w:szCs w:val="11"/>
+              </w:rPr>
+              <w:t/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55FEC6BE" w14:textId="068E8543" w:rsidR="00AB1D07" w:rsidRPr="00AB1D07" w:rsidRDefault="00A128B2" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>04-11-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CA9EFA" w14:textId="11622502" w:rsidR="00C905B9" w:rsidRDefault="00AB1D07" w:rsidP="006752C0">
+            <w:pPr>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="2F554826" wp14:editId="1057660A">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>670560</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>189046</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="15240" cy="365760"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="4" name="Picture 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 4"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId13"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="15240" cy="365760"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="00A128B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>PDF</w:t>
+            </w:r>
+            <w:r w:rsidR="004221F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574728BF" w14:textId="41DEE75D" w:rsidR="004221F6" w:rsidRPr="00AB1D07" w:rsidRDefault="006752C0" w:rsidP="000B1944">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="525A65"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2,09 MB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1201A48B" w14:textId="3B384A04" w:rsidR="00A128B2" w:rsidRDefault="009125E8" w:rsidP="00BA7802">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="155CAA"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009125E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="155CAA"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="797C5789" wp14:editId="7AAC222C">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>487310</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>166370</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="65527" cy="131054"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="8" name="Graphic 8"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId14" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId15"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="65527" cy="131054"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink>
+              <w:hyperlink r:id="rId79" w:history="1">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                     <w:color w:val="155CAA"/>
                     <w:u w:val="single"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Bekijk</w:t>
                 </w:r>
               </w:hyperlink>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69FD5ACF" w14:textId="3A42FF69" w:rsidR="00DE4925" w:rsidRDefault="00DE4925">
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE4925" w:rsidRPr="00DE4925">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -14047,51 +14389,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1909345138">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image_rId18_document.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/9-Raadsinformatiebrief-Uitvoering-en-handhavingsstrategie-2026-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/8-a-CA-Netwerkstudie-N224-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/8-b-Probleemanalyse-N224-v2-0-2-oktober-2024.pdf" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/10-b-Ingekomen-e-mail-over-energietransitie-en-mestvergisting-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/10-c-Reactie-op-beantwoording-vragen-over-mestvergisters-docx-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/7-MDL-Fonds-Ranglijst-toiletvriendelijkste-gemeente-2025.pdf" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/6-b-Update-vorming-een-omgevingsdienst-voorzitters-ODRU-en-RUD-november-2025.pdf" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/6-a-Begeleidende-mail-update-vorming-een-omgevingsdienst-ODRU-en-RUD-november-2025-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/5-b-KOM-rapport-Niemand-hielp-mij-20112025-def.pdf" TargetMode="External" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/5-a-Aanbiedingsbrief-rapport-Kinderombudsman-gemeenten-getekend-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/4-b-DEFINITIEF-Memo-Onderzoek-Winkelpand-voor-1-euro-n-a-v-motie-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/4-a-DEFINITIEF-CA-motie-Winkelpand-voor-1-euro-301444-1-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/2-a-CA-statenbrief-november-2025-netcongestie-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/2-b-statenbrief-voortgang-aanpak-netcongestie-november-2025.pdf" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/3-a-DEFINITIEF-Antwoord-op-reactie-bericht-verwijdering-Geldmaat-Voorstraat-Woudenberg-2025-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/3-b-DEFINITIEF-CA-VKA-Reactie-Geldmaat-geldautomaat-in-het-centrum-305969-1-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/1-b-Artikel-Ons-welzijn-of-malaise-versus-windturbines.pdf" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/1-a-Begeleidende-mail-bij-Artikel-Ons-welzijn-of-malaise-versus-windturbines-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/14-Informatiebrief-RES-planuitval-def.pdf" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/13-b-def-versie-voortgangsrapportage-duurzaamheid-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/13-a-CV-VKA-voortgangsrapportage-duurzaamheid-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-d-Overzicht-ingediende-wensen-en-bedenkingen-cie.pdf" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-c-Collegebesluit-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-b-CA-Bouwen-op-zijtuinen-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-a-Beleidsregel-bouwen-op-zijtuinen.pdf" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-e-Voorstel-bouwen-op-zijtuinen.pdf" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/11-a-Raadsinformatiebrief-jaarbudget-MetMaya-2025-en-2026-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/11-b-CB-Raadsinformatiebrief-over-de-stand-van-zaken-jaarbudget-MetMaya-2025-en-2026-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-f-Voortgangsrapportage-Centrumplan-fase-3-Vitaal-Dorpshart-13-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-e-Voortgangsrapportage-Zuidelijke-Dorpsrand-250925-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-d-voortgangsrapportage-Ontwikkeling-Woudenberg-13-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-c-Voortgangsrapportage-Hoevelaar-250925-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-b-b-Fysiek-domein-oktober-2025-Bijlage-Overzicht-Structuurvisie-ruimtelijk-domein.pdf" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-b-a-Fysiek-domein-oktober-2025-voortgangsrapportage-totaal-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-a-CA-verzameling-voortgangsrapportages-oktober-2025-fysiek-domein-305744-1-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/8-Intrekking-12-Woo-verzoeken-Geanonimiseerd.pdf" TargetMode="External" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image_rId18_document.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/10-Reactie-op-beantwoording-vragen-over-mestvergisters-docx-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/9-Raadsinformatiebrief-Uitvoering-en-handhavingsstrategie-2026-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/8-a-CA-Netwerkstudie-N224-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/8-b-Probleemanalyse-N224-v2-0-2-oktober-2024.pdf" TargetMode="External" /><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/10-b-Ingekomen-e-mail-over-energietransitie-en-mestvergisting-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/10-c-Reactie-op-beantwoording-vragen-over-mestvergisters-docx-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/7-MDL-Fonds-Ranglijst-toiletvriendelijkste-gemeente-2025.pdf" TargetMode="External" /><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/6-b-Update-vorming-een-omgevingsdienst-voorzitters-ODRU-en-RUD-november-2025.pdf" TargetMode="External" /><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/6-a-Begeleidende-mail-update-vorming-een-omgevingsdienst-ODRU-en-RUD-november-2025-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/5-b-KOM-rapport-Niemand-hielp-mij-20112025-def.pdf" TargetMode="External" /><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/5-a-Aanbiedingsbrief-rapport-Kinderombudsman-gemeenten-getekend-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/4-b-DEFINITIEF-Memo-Onderzoek-Winkelpand-voor-1-euro-n-a-v-motie-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/4-a-DEFINITIEF-CA-motie-Winkelpand-voor-1-euro-301444-1-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/2-a-CA-statenbrief-november-2025-netcongestie-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/2-b-statenbrief-voortgang-aanpak-netcongestie-november-2025.pdf" TargetMode="External" /><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/3-a-DEFINITIEF-Antwoord-op-reactie-bericht-verwijdering-Geldmaat-Voorstraat-Woudenberg-2025-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/3-b-DEFINITIEF-CA-VKA-Reactie-Geldmaat-geldautomaat-in-het-centrum-305969-1-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/1-b-Artikel-Ons-welzijn-of-malaise-versus-windturbines.pdf" TargetMode="External" /><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/18-december/20:00/Ingekomen-stukken/1-a-Begeleidende-mail-bij-Artikel-Ons-welzijn-of-malaise-versus-windturbines-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/14-Informatiebrief-RES-planuitval-def.pdf" TargetMode="External" /><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/13-b-def-versie-voortgangsrapportage-duurzaamheid-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/13-a-CV-VKA-voortgangsrapportage-duurzaamheid-geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-d-Overzicht-ingediende-wensen-en-bedenkingen-cie.pdf" TargetMode="External" /><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-c-Collegebesluit-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-b-CA-Bouwen-op-zijtuinen-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-a-Beleidsregel-bouwen-op-zijtuinen.pdf" TargetMode="External" /><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/12-e-Voorstel-bouwen-op-zijtuinen.pdf" TargetMode="External" /><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/11-a-Raadsinformatiebrief-jaarbudget-MetMaya-2025-en-2026-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/11-b-CB-Raadsinformatiebrief-over-de-stand-van-zaken-jaarbudget-MetMaya-2025-en-2026-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-f-Voortgangsrapportage-Centrumplan-fase-3-Vitaal-Dorpshart-13-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-e-Voortgangsrapportage-Zuidelijke-Dorpsrand-250925-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-d-voortgangsrapportage-Ontwikkeling-Woudenberg-13-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-c-Voortgangsrapportage-Hoevelaar-250925-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-b-b-Fysiek-domein-oktober-2025-Bijlage-Overzicht-Structuurvisie-ruimtelijk-domein.pdf" TargetMode="External" /><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-b-a-Fysiek-domein-oktober-2025-voortgangsrapportage-totaal-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/9-a-CA-verzameling-voortgangsrapportages-oktober-2025-fysiek-domein-305744-1-Geanonimiseerd.pdf" TargetMode="External" /><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gemeentebestuur.woudenberg.nl/Vergaderingen/Gemeenteraad/2025/27-november/20:00/Ingekomen-stukken/8-Intrekking-12-Woo-verzoeken-Geanonimiseerd.pdf" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>